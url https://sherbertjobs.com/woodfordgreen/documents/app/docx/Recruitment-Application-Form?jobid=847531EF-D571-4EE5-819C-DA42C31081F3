--- v0 (2026-01-10)
+++ v1 (2026-03-12)
@@ -10547,56 +10547,56 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1652270</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-384809</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2428875" cy="769363"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="image2.png"/>
+          <wp:docPr id="2" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2428875" cy="769363"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
@@ -10637,56 +10637,56 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-457199</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-162559</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3524250" cy="1129749"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr descr="Dark Red one colour" id="1" name="image1.png"/>
+          <wp:docPr descr="Dark Red one colour" id="1" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr descr="Dark Red one colour" id="0" name="image1.png"/>
+                  <pic:cNvPr descr="Dark Red one colour" id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3524250" cy="1129749"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
@@ -10873,55 +10873,55 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wgprep.co.uk/379/policies" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wgprep.co.uk/379/policies" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>